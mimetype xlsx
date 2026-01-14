--- v0 (2025-11-22)
+++ v1 (2026-01-14)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\33605\OneDrive\Documents\ANNE_ENTRAINEMENTS_ECO\CALENDRIER DES ENTRAINEMENTS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D788397D-09E5-4002-95E5-6D70C0604B40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FBDD01E3-2B39-485D-9E06-40ED965216CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-93" yWindow="-93" windowWidth="18426" windowHeight="11746" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1 page" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="aout">'1 page'!#REF!</definedName>
     <definedName name="avril">'1 page'!#REF!</definedName>
     <definedName name="decembre">'1 page'!#REF!</definedName>
     <definedName name="fevrier">'1 page'!#REF!</definedName>
     <definedName name="janvier">'1 page'!#REF!</definedName>
     <definedName name="juillet">'1 page'!#REF!</definedName>
     <definedName name="juin">'1 page'!#REF!</definedName>
     <definedName name="mai">'1 page'!#REF!</definedName>
     <definedName name="mars">'1 page'!#REF!</definedName>
     <definedName name="novembre">'1 page'!#REF!</definedName>
     <definedName name="octobre">'1 page'!#REF!</definedName>
     <definedName name="septembre">'1 page'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'1 page'!$A$4:$F$36</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
@@ -859,52 +859,52 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F45"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H29" sqref="H29"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.41015625" defaultRowHeight="14.35"/>
   <cols>
     <col min="1" max="1" width="2.703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="4.64453125" style="1" customWidth="1"/>
     <col min="3" max="3" width="32.1171875" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.5859375" style="1" customWidth="1"/>
     <col min="5" max="5" width="4.9375" style="1" customWidth="1"/>
     <col min="6" max="6" width="35.46875" style="1" customWidth="1"/>
     <col min="7" max="16384" width="11.41015625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="C1" s="21" t="s">
         <v>10</v>
       </c>
       <c r="F1" s="22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="C2" s="28" t="s">
         <v>11</v>
       </c>
@@ -1089,52 +1089,52 @@
       <c r="C14" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="10">
         <v>344</v>
       </c>
       <c r="F14" s="33"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="10">
         <v>315</v>
       </c>
       <c r="C15" s="17"/>
       <c r="D15" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E15" s="10">
         <v>345</v>
       </c>
-      <c r="F15" s="29" t="s">
-        <v>7</v>
+      <c r="F15" s="18" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B16" s="10">
         <v>316</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="10">
         <v>346</v>
       </c>
       <c r="F16" s="33"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B17" s="10">
         <v>317</v>
       </c>